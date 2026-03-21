--- v0 (2025-10-28)
+++ v1 (2026-03-21)
@@ -54,570 +54,570 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>LEIDIANA RIBEIRO</t>
   </si>
   <si>
-    <t>https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/77/indicacao_n_01-2022-sobre_alteracao_no_piso_salarial_dos_acs_e_endemias_-_leidiana_ribeiro.pdf</t>
+    <t>http://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/77/indicacao_n_01-2022-sobre_alteracao_no_piso_salarial_dos_acs_e_endemias_-_leidiana_ribeiro.pdf</t>
   </si>
   <si>
     <t>AO EXMO. SENHOR PREFEITO, PARA QUE ESTE POSSA ENVIAR COM MAIOR BREVIDADE POSSÍVEL, PROJETO DE LEI QUE DEVERÁ DISPOR SOBRE A ALTERAÇÃO DO PISO SALARIAL DOS AGENTES COMUNITÁRIOS DE SAÚDE E DE ENDEMIAS, DO MUNICÍPIO DE ANGICAL DO PIAUÍ-PI.</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/78/indicacao_n_02-2022_-_dispoe_sobre_a_alteracao_da_lei_municipal_n_522-2011__-_alterando_a_tabela_de_vencimentos_dos_profissionais_do_magisterio_-_leidiana_ribeiro.pdf</t>
+    <t>http://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/78/indicacao_n_02-2022_-_dispoe_sobre_a_alteracao_da_lei_municipal_n_522-2011__-_alterando_a_tabela_de_vencimentos_dos_profissionais_do_magisterio_-_leidiana_ribeiro.pdf</t>
   </si>
   <si>
     <t>AO EXMO. SENHOR PREFEITO, PARA QUE ESTE POSSA ENVIAR COM A MAIOR BREVIDADE POSSÍVEL, PROJETO DE LEI ACERCA DA APLICABILIDADE DO PARÁGRAFO ÚNICO DO ART. 5° DA LEI 11.738/2008, DO PARECER N° 36/2009 DA ADVOCACIA GERAL DA UNIÃO, BEM COMO DA LEI N° 14.113/2020, E DO DECRETO N° 10.656/2021, E AINDA, DA PORTARIA INTERMINISTERIAL N °11, DE DEZEMBRO DE 2021, PUBLICADA NO D.O.U (SEÇÃO I) EM 31 DE DEZEMBRO DE 2021.</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/79/indicacao_n_03-2022-dispoe_sobre_alteracao_na_lei_municipal_609-2020_-_revisao_geral_anual_dos_salarios_dos_servidores_efetivos_publicos_municipais_-_leidiana_ribeiro.pdf</t>
+    <t>http://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/79/indicacao_n_03-2022-dispoe_sobre_alteracao_na_lei_municipal_609-2020_-_revisao_geral_anual_dos_salarios_dos_servidores_efetivos_publicos_municipais_-_leidiana_ribeiro.pdf</t>
   </si>
   <si>
     <t>AO EXMO. SENHOR PREFEITO, PARA QUE ESTE POSSA ENVIAR COM MAIOR BREVIDADE POSSÍVEL, PROJETO DE LEI ACERCA DA REVISÃO GERAL ANUAL NOS SALÁRIOS DOS SERVIDORES EFETIVOS PÚBLICOS MUNICIPAIS NO PERCENTUAL DE 5,26% (2021) E 10,18% (2022), COM A FINALIDADE DE RECOMPOR AS PERCAS DE SEU PODER AQUISITIVO, TENDO EM VISTA A NÃO ADEQUAÇÃO NO ANO DE 2021 EM VIRTUDE DA LEI COMPLEMENTAR 173.</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>SÔNIA</t>
   </si>
   <si>
-    <t>https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/89/indicativo_-_vereadora_sonia.pdf</t>
+    <t>http://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/89/indicativo_-_vereadora_sonia.pdf</t>
   </si>
   <si>
     <t>AO EXMO. SENHOR PREFEITO, PARA QUE ESTE POSSA ENVIAR PROJETO DE LEI ACERCA DA GESTÃO DE CEMITÉRIO PÚBLICO MUNICIPAL A CARGO DA PREFEITURA MUNICIPAL.</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>ASSUNÇÃO JÚNIOR</t>
   </si>
   <si>
-    <t>https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/90/indicacao_05-2022-vereador_assuncao_junior.pdf</t>
+    <t>http://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/90/indicacao_05-2022-vereador_assuncao_junior.pdf</t>
   </si>
   <si>
     <t>AO EXMO. SENHOR PREFEITO, PARA QUE SEJAM CONSTRUÍDAS LOMBADAS (QUEBRA-MOLAS) NA RUA JUSTINO SOARES (RUA 10), NO BAIRRO MONTEVIDÉU II.</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>PROFESSORA MARIA CABRAL</t>
   </si>
   <si>
-    <t>https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/117/indicacao_n_06-2022-maria_cabral.pdf</t>
+    <t>http://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/117/indicacao_n_06-2022-maria_cabral.pdf</t>
   </si>
   <si>
     <t>AO EXMO. SENHOR PREFEITO, PARA QUE SEJAM COLOCADAS PLACAS INFORMATIVAS NA OBRAS PÚBLICAS EM REALIZAÇÃO NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Bruno Ferreira Sobrinho Neto</t>
   </si>
   <si>
-    <t>https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/97/plc_007-2022_modificca_o_regime_proprio_de_previdencia_social_do_municipio_de_angical_do_piuai_de_acordo_com_a_aemnda_constitucional_n103_de_2019.pdf</t>
+    <t>http://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/97/plc_007-2022_modificca_o_regime_proprio_de_previdencia_social_do_municipio_de_angical_do_piuai_de_acordo_com_a_aemnda_constitucional_n103_de_2019.pdf</t>
   </si>
   <si>
     <t>MODIFICA O REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL DO MUNICÍPIO DE ANGICAL DO PIAUÍ-PI DE ACORDO COM A EMENDA CONSTITUCIONAL N° 103, DE 2019.</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/99/plc_008-2022-cria_gratificacao_para_motorista_escolar.pdf</t>
+    <t>http://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/99/plc_008-2022-cria_gratificacao_para_motorista_escolar.pdf</t>
   </si>
   <si>
     <t>CRIA GRATIFICAÇÃO ESPECIAL PARA O CARGO DE MOTORISTA DO TRANSPORTE ESCOLAR DO MUNICÍPIO DE ANGICAL DO PIAUÍ-PI E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Professor Dedé</t>
   </si>
   <si>
-    <t>https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/81/projeto_de_lei_legislativa__n_01-2022_-_criacao_dos_cargos_efetivos_do_legislativo.pdf</t>
+    <t>http://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/81/projeto_de_lei_legislativa__n_01-2022_-_criacao_dos_cargos_efetivos_do_legislativo.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a criação de cargos públicos: Controlador Interno, Secretário, Tesoureiro, Auxiliar de Serviços Gerais, Operador de Áudio e Vídeo, Agente de Portaria e Assessor Técnico Legislativo, de provimento efetivo junto a Câmara Municipal de Angical do Piauí, Estado do Piauí e dá outras providências.”</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/83/anexo_retificado_-pl_001-2022-reajuste_dos_vencimentos_dos_profissionais_do_magisterio_da_rede_de_ensino_municipal_alterando_a_lei_522-2011.pdf</t>
+    <t>http://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/83/anexo_retificado_-pl_001-2022-reajuste_dos_vencimentos_dos_profissionais_do_magisterio_da_rede_de_ensino_municipal_alterando_a_lei_522-2011.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O REAJUSTE DOS VENCIMENTOS DOS PROFISSIONAIS DO MAGISTÉRIO PÚBLICO DA REDE DE ENSINO DO MUNICÍPIO DE ANGICAL DO PIAUÍ, ALTERANDO-SE A LEI MUNICIPAL N° 522 DE 07 DE JUNHO DE 2011.</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/85/pl_002-2022_-_sobre_os_reajustes_pagos_pelo_fundo_previdenciario_de_angical.pdf</t>
+    <t>http://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/85/pl_002-2022_-_sobre_os_reajustes_pagos_pelo_fundo_previdenciario_de_angical.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O REAJUSTE DOS BENEFÍCIOS PAGOS PELO FUNDO PREVIDENCIÁRIO DO MUNICÍPIO DE ANGICAL DO PIAUÍ/PI, QUE POSSUEM DIREITO AO REAJUSTE NA MESMA DATA E ÍNDICES APLICADOS AO RGPS._x000D_
 SERÃO REAJUSTADO A PARTIR DE 1º DE JANEIRO DE 2022, EM 10,16%.</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/86/pl_003-2022_-_sobre_os_reajustes_pagos_ao_fundo_previdenciario_de_angical.pdf</t>
+    <t>http://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/86/pl_003-2022_-_sobre_os_reajustes_pagos_ao_fundo_previdenciario_de_angical.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O REAJUSTE DOS BENEFÍCIOS PAGOS PELO FUNDO PREVIDENCIÁRIO DO MUNICÍPIO DE ANGICAL DO PIAUÍ/PI, QUE POSSUEM DIREITO AO REAJUSTE NA MESMA DATA E ÍNDICES APLICADOS AO RGPS. _x000D_
 SERÃO REAJUSTADO A PARTIR DE 1º DE JANEIRO DE 2021, EM 5,45%.</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>MESA</t>
   </si>
   <si>
-    <t>https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/87/pll_02-2022_-_revisao_geral_anual_do_servidores_da_camara.pdf</t>
+    <t>http://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/87/pll_02-2022_-_revisao_geral_anual_do_servidores_da_camara.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE REVISÃO GERAL ANUAL DOS VENCIMENTOS DOS SERVIDORES PÚBLICOS DO PODER LEGISLATIVO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/88/pll_03-2022_-_revisao_geral_anual_dos_vereadores.pdf</t>
+    <t>http://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/88/pll_03-2022_-_revisao_geral_anual_dos_vereadores.pdf</t>
   </si>
   <si>
     <t>APLICA A REVISÃO GERAL AO SUBSÍDIO DOS VEREADORES, EM OBEDIÊNCIA AO ART. 37, INC. X, DA CONSTITUIÇÃO FEDERAL E ALTERA A LEI Nº 613/2020, QUE FIXOU O SUBSÍDIO DOS VEREADORES DO PODER LEGISLATIVO DO MUNICÍPIO DE ANGICAL-PI PARA A LEGISLATURA 2021/2024.</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/91/pl_004-2022-_dispoe_sobre_diretrizes_para_elaboracao_e_execucao_da_lei_orcamentaria_para_o_exercicio_de_2023_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/91/pl_004-2022-_dispoe_sobre_diretrizes_para_elaboracao_e_execucao_da_lei_orcamentaria_para_o_exercicio_de_2023_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DIRETRIZES PARA ELABORAÇÃO E EXECUÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO DE 2023 E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/94/pl_005-2022-_altera_a_lei_577_de_22_de_maio_de_2017_que_dispoe_sobre_a_secretaria_municipal_de_meio_ambiente_de_angical_do_piaui_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/94/pl_005-2022-_altera_a_lei_577_de_22_de_maio_de_2017_que_dispoe_sobre_a_secretaria_municipal_de_meio_ambiente_de_angical_do_piaui_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 577, DE 22 DE MAIO DE 2017, QUE DISPÕE SOBRE A SECRETARIA MUNICIPAL DE MEIO AMBIENTE DE ANGICAL DO PIAUÍ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/96/pl_006-2022_estabelece_regras_para_o_regime_proprio_de_previdencia_social_do_municipio_de_angical-pi_de_acordo_com_a_emenda_constitucinal_n_103_de_2019.pdf</t>
+    <t>http://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/96/pl_006-2022_estabelece_regras_para_o_regime_proprio_de_previdencia_social_do_municipio_de_angical-pi_de_acordo_com_a_emenda_constitucinal_n_103_de_2019.pdf</t>
   </si>
   <si>
     <t>ESTABELECE REGRAS PARA O REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL DO MUNICÍPIO DE ANGICAL - PI DE ACORDO COM A EMENDA CONSTITUCIONAL N° 103, DE 2019.</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>MARIA DOS CORREIOS</t>
   </si>
   <si>
-    <t>https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/98/pll_04-2022_da_nome_a_avenida_inominada_no_povoado_recreio.pdf</t>
+    <t>http://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/98/pll_04-2022_da_nome_a_avenida_inominada_no_povoado_recreio.pdf</t>
   </si>
   <si>
     <t>"DÁ NOME A AVENIDA INOMINADA NO POVOADO RECREIO."</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/101/pl_009-2022-dispoe_sobre_a_alteracao_do_piso_salarial_dos_agentes_comunitarios_de_saude_-_acs_e_dos_agentes_de_combate_as_emdemias_-_ace.pdf</t>
+    <t>http://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/101/pl_009-2022-dispoe_sobre_a_alteracao_do_piso_salarial_dos_agentes_comunitarios_de_saude_-_acs_e_dos_agentes_de_combate_as_emdemias_-_ace.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DO PISO SALARIAL DOS AGENTES COMUNITÁRIOS DE SAÚDE - ACS E DOS AGENTES DE COMBATE ÀS EMDEMIAS - ACE, DO MUNICÍPIO DE ANGICAL DO PIAUÍ/PI, CONFORME ESTABELECIDO NA LEI 12.994, DE 17 DE JUNHO DE 2014, ALTERADA PELA LEI 13.708/2018, E DE ACORDO COM AS PORTARIAS GM/MS N°1.971 E 2.109 DE 30 DE JUNHO DE 2022, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/102/pl_010-2022-_altera_a_redacao_do_inciso_iv_do_art._58_da_lei_municipal_n_496-2006_que_dispoe_sobre_o_regime_proprio_de_previdencia_dos_servidores__publicos_municipais_de_angical_do_piaui.pdf</t>
+    <t>http://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/102/pl_010-2022-_altera_a_redacao_do_inciso_iv_do_art._58_da_lei_municipal_n_496-2006_que_dispoe_sobre_o_regime_proprio_de_previdencia_dos_servidores__publicos_municipais_de_angical_do_piaui.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO INCISO IV DO ART. 58 DA LEI MUNICIPAL N° 496/2006 QUE DISPÕE SOBRE O REGIME PRÓPRIO DE PREVIDÊNCIA DOS SERVIDORES  PÚBLICOS MUNICIPAIS DE ANGICAL DO PIAUÍ PARA INCLUIR NOVO PLANO DE EQUACIONAMENTO DO DÉFICIT ATUARIAL E OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/105/pl_011-2022-_dispoe_sobre_a_criacao_do_processo_de_selecao_meritocratica_da_gestao_escolar_do_municipio_de_angical_do_piaui-pi_na_forma_que_especifica..pdf</t>
+    <t>http://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/105/pl_011-2022-_dispoe_sobre_a_criacao_do_processo_de_selecao_meritocratica_da_gestao_escolar_do_municipio_de_angical_do_piaui-pi_na_forma_que_especifica..pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO PROCESSO DE SELEÇÃO MERITOCRÁTICA DA GESTÃO ESCOLAR DO MUNICÍPIO DE ANGICAL DO PIAUÍ-PI, NA FORMA QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/106/pl_012-2022-dispoe_sobre_a_revisao_geral_anual_nos_salarios_dos_servidores_efetivos_publicos_municipais_no_percentual_de_1007..pdf</t>
+    <t>http://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/106/pl_012-2022-dispoe_sobre_a_revisao_geral_anual_nos_salarios_dos_servidores_efetivos_publicos_municipais_no_percentual_de_1007..pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO GERAL ANUAL NOS SALÁRIOS DOS SERVIDORES EFETIVOS PÚBLICOS MUNICIPAIS, NO PERCENTUAL DE 10,07%.</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/107/pl_013-2022-dispoe_sobre_a_regularizacao_fundiaria_urbana_reurb_no_municipio_de_angical_do_piaui_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/107/pl_013-2022-dispoe_sobre_a_regularizacao_fundiaria_urbana_reurb_no_municipio_de_angical_do_piaui_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REGULARIZAÇÃO FUNDIÁRIA URBANA (REURB) NO MUNICÍPIO DE ANGICAL DO PIAUÍ, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/109/pl_14-2022-estima_a_receita_e_fixa_a_despesa_do_municipio_de_angical_do_piaui_para_o_exercicio_financeiro_de_2023..pdf</t>
+    <t>http://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/109/pl_14-2022-estima_a_receita_e_fixa_a_despesa_do_municipio_de_angical_do_piaui_para_o_exercicio_financeiro_de_2023..pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ANGICAL DO PIAUÍ PARA O EXERCÍCIO FINANCEIRO DE 2023.</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/110/pll_05-2022-institui_feriado_municipal_o_dia_07_de_outubro_dia_de_nossa_senhora_do_rosario-_padroeira__do_municipio_de_angical_do_piaui.pdf</t>
+    <t>http://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/110/pll_05-2022-institui_feriado_municipal_o_dia_07_de_outubro_dia_de_nossa_senhora_do_rosario-_padroeira__do_municipio_de_angical_do_piaui.pdf</t>
   </si>
   <si>
     <t>FICA INSTITUÍDO FERIADO MUNICIPAL O DIA 07 DE OUTUBRO, DIA DE NOSSA SENHORA DO ROSÁRIO, PADROEIRA  DO MUNICÍPIO DE ANGICAL DO PIAUÍ/PI.</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/112/pl_015-2022-dispoe_sobre_a_revisao_atualizacao_do_plano_plurianual_de_governo_do_municipio_de_angical_do_piaui_para_o_periodo_2022-2025_.pdf</t>
+    <t>http://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/112/pl_015-2022-dispoe_sobre_a_revisao_atualizacao_do_plano_plurianual_de_governo_do_municipio_de_angical_do_piaui_para_o_periodo_2022-2025_.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO/ATUALIZAÇÃO DO PLANO PLURIANUAL DE GOVERNO DO MUNICÍPIO DE ANGICAL DO PIAUÍ, PARA O PERÍODO 2022/2025.</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/113/pl_016-2022-criacao_de_cargos_efetivos_p_o_municipio-sec_mun_de_educacao.pdf</t>
+    <t>http://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/113/pl_016-2022-criacao_de_cargos_efetivos_p_o_municipio-sec_mun_de_educacao.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE CARGOS DE PROVIMENTO EFETIVO NO ÂMBITO NO MUNICÍPIO DE ANGICAL DO PIAUÍ/PI, EM ESPECÍFICO DA SECRETARIA MUNICIPAL DE EDUCAÇÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/116/pll_n_06-2022__-_denominacao_de_rua_-_vereadora_maria_cabral.pdf</t>
+    <t>http://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/116/pll_n_06-2022__-_denominacao_de_rua_-_vereadora_maria_cabral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DE LOGRADOURO PÚBLICO NO BAIRRO CAJÁS.</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/118/pl_017-22-dispoe_sobre_autorizacao_de_concessao_e_pagamento_de_abono_salarial_para_os_profissionais_da_educacao_basica.pdf</t>
+    <t>http://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/118/pl_017-22-dispoe_sobre_autorizacao_de_concessao_e_pagamento_de_abono_salarial_para_os_profissionais_da_educacao_basica.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO DE CONCESSÃO E PAGAMENTO DE ABONO SALARIAL PARA OS PROFISSIONAIS DA EDUCAÇÃO BÁSICA, NO EXERCÍCIO DE 2022, UTILIZANDO RECURSOS PROVENIENTES DO FUNDEB, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/119/pl_018_-_dispoe_sobre_a_criacao_da_ouvidoria_do_municipio_de_angical_do_piaui.pdf</t>
+    <t>http://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/119/pl_018_-_dispoe_sobre_a_criacao_da_ouvidoria_do_municipio_de_angical_do_piaui.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA OUVIDORIA DO MUNICÍPIO DE ANGICAL DO PIAUÍ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/80/projeto_de_resolucao_de_mesa_n_01-2022-_suspende_a_presenca_de_publico_nas_sessoes_por_45_dias.pdf</t>
+    <t>http://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/80/projeto_de_resolucao_de_mesa_n_01-2022-_suspende_a_presenca_de_publico_nas_sessoes_por_45_dias.pdf</t>
   </si>
   <si>
     <t>FICA SUSPENSO POR 45 (QUARENTA E CINCO) DIAS A PRESENÇA DE PÚBLICO NAS SESSÕES DA CÂMARA DE VEREADORES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/92/prm_002-2022-_dispoe_sobre_as_diretrizes_para_elaboracao_da_lei_orcamentaria_2023_da_camara_municipal_de_angical..pdf</t>
+    <t>http://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/92/prm_002-2022-_dispoe_sobre_as_diretrizes_para_elaboracao_da_lei_orcamentaria_2023_da_camara_municipal_de_angical..pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO DA LEI ORÇAMENTÁRIA 2023, DA CÂMARA MUNICIPAL DE ANGICAL.</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/95/prm_003-05-2022-cria_a_comissao_temporaria_de_acompanhamento_do_concurso.pdf</t>
+    <t>http://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/95/prm_003-05-2022-cria_a_comissao_temporaria_de_acompanhamento_do_concurso.pdf</t>
   </si>
   <si>
     <t>CRIA A COMISSÃO TEMPORÁRIA DE ASSUNTOS RELEVANTES COM A FINALIDADE DE EXECUÇÃO DE CONCURSO PÚBLICO DA CÂMARA MUNICIPAL DE ANGICAL DO PIAUÍ.</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/103/pr_004-2022-normatizacao_do_processo_de_julgamento_das_contas_do_poder_executivo.pdf</t>
+    <t>http://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/103/pr_004-2022-normatizacao_do_processo_de_julgamento_das_contas_do_poder_executivo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NORMATIZAÇÃO DO PROCESSO DE JULGAMENTO DAS CONTAS DO PODER EXECUTIVO.</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/82/requerimento_001-2022_-_maria_de_jesus_-_convoca_o_secretario_de_desenvolvimento_rural.pdf</t>
+    <t>http://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/82/requerimento_001-2022_-_maria_de_jesus_-_convoca_o_secretario_de_desenvolvimento_rural.pdf</t>
   </si>
   <si>
     <t>Solicita que o Senhor José dos Santos Soares, Secretário Municipal de Desenvolvimento Rural, compareça a esta Casa para prestar esclarecimentos sobre despesas e ações de sua respectiva pasta.</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/104/requerimento_001-2022-solicita_retirada_do_pr_004-22_da_ordem_do_dia_da_pauta_da_sessao_extraordinaria_do_dia_17-08-22.pdf</t>
+    <t>http://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/104/requerimento_001-2022-solicita_retirada_do_pr_004-22_da_ordem_do_dia_da_pauta_da_sessao_extraordinaria_do_dia_17-08-22.pdf</t>
   </si>
   <si>
     <t>VEREADOR-PRESIDENTE JOSÉ ANDERSON DE SOUSA ALENCAR, CONFORME PERMITIDO NO REGIMENTO INTERNO NO ART. 100, §3, INCISO VIII, SOLICITA RETIRADA DE PROJETO DE RESOLUÇÃO N°004/2022 DE SUA AUTORIA, QUE JÁ ESTAVA INSERIDO NA ORDEM DO DIA DA PAUTA DA SESSÃO EXTRAORDINÁRIA DO DIA 17 DE AGOSTO DE 2022.</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de decreto legislativo</t>
   </si>
   <si>
-    <t>https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/100/pdl_001-2022-atribui_titulo_honorifico_de_cidadao_angicalense_ao_dr._vinicius_pontes_do_nascimento_medico..pdf</t>
+    <t>http://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/100/pdl_001-2022-atribui_titulo_honorifico_de_cidadao_angicalense_ao_dr._vinicius_pontes_do_nascimento_medico..pdf</t>
   </si>
   <si>
     <t>ATRIBUI TÍTULO HONORÍFICO DE CIDADÃO ANGICALENSE AO DR. VINICIUS PONTES DO NASCIMENTO, MÉDICO.</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>COMISSÃO DE FINANÇAS E ORÇAMENTO</t>
   </si>
   <si>
-    <t>https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/108/pd_n002-2022-dispoe_sobre_o_julgamento_de_prestacao_de_contas_de_governo_do_municipio_de_angical_do_piaui_referente_ao_exercicio_financeiro_de_2019..pdf</t>
+    <t>http://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/108/pd_n002-2022-dispoe_sobre_o_julgamento_de_prestacao_de_contas_de_governo_do_municipio_de_angical_do_piaui_referente_ao_exercicio_financeiro_de_2019..pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O JULGAMENTO DE PRESTAÇÃO DE CONTAS DE GOVERNO DO MUNICÍPIO DE ANGICAL DO PIAUÍ, REFERENTE AO EXERCÍCIO FINANCEIRO DE 2019.</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/111/pdl_003-2022-atribui_titulo_honorifico_de_cidada_angicalense.pdf</t>
+    <t>http://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/111/pdl_003-2022-atribui_titulo_honorifico_de_cidada_angicalense.pdf</t>
   </si>
   <si>
     <t>PDL 003-2022-ATRIBUI TÍTULO HONORÍFICO DE CIDADÃ ANGICALENSE À PSICOPEDAGOGA MARCIANNE LIMA DE MORAIS.</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/114/pdl_004-2022-atribui_titulo_honorifico_de_cidadao_angicalense_-_gilvanilde.pdf</t>
+    <t>http://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/114/pdl_004-2022-atribui_titulo_honorifico_de_cidadao_angicalense_-_gilvanilde.pdf</t>
   </si>
   <si>
     <t>ATRIBUI TÍTULO HONORÍFICO DE CIDADÃO ANGICALENSE À PROFESSORA GILVANILDE BARBOSA DANTAS.</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/115/pdl_005-2022-atribui_titulo_honorifico_de_cidadao_angicalense_-_irismar.pdf</t>
+    <t>http://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/115/pdl_005-2022-atribui_titulo_honorifico_de_cidadao_angicalense_-_irismar.pdf</t>
   </si>
   <si>
     <t>ATRIBUI TÍTULO HONORÍFICO DE CIDADÃO ANGICALENSE AO PROFESSOR IRISMAR GOMES VIEIRA.</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>PS</t>
   </si>
   <si>
     <t>Projeto Substitutivo</t>
   </si>
   <si>
-    <t>https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/84/projeto_substitutivo_ao_pll_001-2022.pdf</t>
+    <t>http://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/84/projeto_substitutivo_ao_pll_001-2022.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CRIAÇÃO DE CARGOS PÚBLICOS: SECRETÁRIO, TESOUREIRO, AUXILIAR DE SERVIÇOS GERAIS E AGENTE DE PORTARIA, DE PROVIMENTO EFETIVO JUNTO Á CÂMARA MUNICIPAL DE ANGICAL DO PIAUÍ, ESTADO DO PIAUÍ E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>EMD</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
-    <t>https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/93/emenda_modificativa_001-2022_ao_pl_004-22-ldo_executivo.pdf</t>
+    <t>http://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/93/emenda_modificativa_001-2022_ao_pl_004-22-ldo_executivo.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA 001-2022 AO PL 004-2022- LDO EXECUTIVO._x000D_
 MODIFICA-SE OS ARTIGOS: 47-PARÁGRAFO ÚNICO, 50, 52- §1º E §2º, 74.</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/120/emenda_modificativa_no001-2022_ao_pl_17-2022_-_apresentada_em_debate_plenario.pdf</t>
+    <t>http://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/120/emenda_modificativa_no001-2022_ao_pl_17-2022_-_apresentada_em_debate_plenario.pdf</t>
   </si>
   <si>
     <t>Modifica-se o Parágrafo Segundo do Art. 1º do Projeto de Lei n° 017/2022.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -924,51 +924,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/77/indicacao_n_01-2022-sobre_alteracao_no_piso_salarial_dos_acs_e_endemias_-_leidiana_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/78/indicacao_n_02-2022_-_dispoe_sobre_a_alteracao_da_lei_municipal_n_522-2011__-_alterando_a_tabela_de_vencimentos_dos_profissionais_do_magisterio_-_leidiana_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/79/indicacao_n_03-2022-dispoe_sobre_alteracao_na_lei_municipal_609-2020_-_revisao_geral_anual_dos_salarios_dos_servidores_efetivos_publicos_municipais_-_leidiana_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/89/indicativo_-_vereadora_sonia.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/90/indicacao_05-2022-vereador_assuncao_junior.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/117/indicacao_n_06-2022-maria_cabral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/97/plc_007-2022_modificca_o_regime_proprio_de_previdencia_social_do_municipio_de_angical_do_piuai_de_acordo_com_a_aemnda_constitucional_n103_de_2019.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/99/plc_008-2022-cria_gratificacao_para_motorista_escolar.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/81/projeto_de_lei_legislativa__n_01-2022_-_criacao_dos_cargos_efetivos_do_legislativo.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/83/anexo_retificado_-pl_001-2022-reajuste_dos_vencimentos_dos_profissionais_do_magisterio_da_rede_de_ensino_municipal_alterando_a_lei_522-2011.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/85/pl_002-2022_-_sobre_os_reajustes_pagos_pelo_fundo_previdenciario_de_angical.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/86/pl_003-2022_-_sobre_os_reajustes_pagos_ao_fundo_previdenciario_de_angical.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/87/pll_02-2022_-_revisao_geral_anual_do_servidores_da_camara.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/88/pll_03-2022_-_revisao_geral_anual_dos_vereadores.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/91/pl_004-2022-_dispoe_sobre_diretrizes_para_elaboracao_e_execucao_da_lei_orcamentaria_para_o_exercicio_de_2023_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/94/pl_005-2022-_altera_a_lei_577_de_22_de_maio_de_2017_que_dispoe_sobre_a_secretaria_municipal_de_meio_ambiente_de_angical_do_piaui_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/96/pl_006-2022_estabelece_regras_para_o_regime_proprio_de_previdencia_social_do_municipio_de_angical-pi_de_acordo_com_a_emenda_constitucinal_n_103_de_2019.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/98/pll_04-2022_da_nome_a_avenida_inominada_no_povoado_recreio.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/101/pl_009-2022-dispoe_sobre_a_alteracao_do_piso_salarial_dos_agentes_comunitarios_de_saude_-_acs_e_dos_agentes_de_combate_as_emdemias_-_ace.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/102/pl_010-2022-_altera_a_redacao_do_inciso_iv_do_art._58_da_lei_municipal_n_496-2006_que_dispoe_sobre_o_regime_proprio_de_previdencia_dos_servidores__publicos_municipais_de_angical_do_piaui.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/105/pl_011-2022-_dispoe_sobre_a_criacao_do_processo_de_selecao_meritocratica_da_gestao_escolar_do_municipio_de_angical_do_piaui-pi_na_forma_que_especifica..pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/106/pl_012-2022-dispoe_sobre_a_revisao_geral_anual_nos_salarios_dos_servidores_efetivos_publicos_municipais_no_percentual_de_1007..pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/107/pl_013-2022-dispoe_sobre_a_regularizacao_fundiaria_urbana_reurb_no_municipio_de_angical_do_piaui_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/109/pl_14-2022-estima_a_receita_e_fixa_a_despesa_do_municipio_de_angical_do_piaui_para_o_exercicio_financeiro_de_2023..pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/110/pll_05-2022-institui_feriado_municipal_o_dia_07_de_outubro_dia_de_nossa_senhora_do_rosario-_padroeira__do_municipio_de_angical_do_piaui.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/112/pl_015-2022-dispoe_sobre_a_revisao_atualizacao_do_plano_plurianual_de_governo_do_municipio_de_angical_do_piaui_para_o_periodo_2022-2025_.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/113/pl_016-2022-criacao_de_cargos_efetivos_p_o_municipio-sec_mun_de_educacao.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/116/pll_n_06-2022__-_denominacao_de_rua_-_vereadora_maria_cabral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/118/pl_017-22-dispoe_sobre_autorizacao_de_concessao_e_pagamento_de_abono_salarial_para_os_profissionais_da_educacao_basica.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/119/pl_018_-_dispoe_sobre_a_criacao_da_ouvidoria_do_municipio_de_angical_do_piaui.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/80/projeto_de_resolucao_de_mesa_n_01-2022-_suspende_a_presenca_de_publico_nas_sessoes_por_45_dias.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/92/prm_002-2022-_dispoe_sobre_as_diretrizes_para_elaboracao_da_lei_orcamentaria_2023_da_camara_municipal_de_angical..pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/95/prm_003-05-2022-cria_a_comissao_temporaria_de_acompanhamento_do_concurso.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/103/pr_004-2022-normatizacao_do_processo_de_julgamento_das_contas_do_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/82/requerimento_001-2022_-_maria_de_jesus_-_convoca_o_secretario_de_desenvolvimento_rural.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/104/requerimento_001-2022-solicita_retirada_do_pr_004-22_da_ordem_do_dia_da_pauta_da_sessao_extraordinaria_do_dia_17-08-22.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/100/pdl_001-2022-atribui_titulo_honorifico_de_cidadao_angicalense_ao_dr._vinicius_pontes_do_nascimento_medico..pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/108/pd_n002-2022-dispoe_sobre_o_julgamento_de_prestacao_de_contas_de_governo_do_municipio_de_angical_do_piaui_referente_ao_exercicio_financeiro_de_2019..pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/111/pdl_003-2022-atribui_titulo_honorifico_de_cidada_angicalense.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/114/pdl_004-2022-atribui_titulo_honorifico_de_cidadao_angicalense_-_gilvanilde.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/115/pdl_005-2022-atribui_titulo_honorifico_de_cidadao_angicalense_-_irismar.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/84/projeto_substitutivo_ao_pll_001-2022.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/93/emenda_modificativa_001-2022_ao_pl_004-22-ldo_executivo.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/120/emenda_modificativa_no001-2022_ao_pl_17-2022_-_apresentada_em_debate_plenario.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/77/indicacao_n_01-2022-sobre_alteracao_no_piso_salarial_dos_acs_e_endemias_-_leidiana_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/78/indicacao_n_02-2022_-_dispoe_sobre_a_alteracao_da_lei_municipal_n_522-2011__-_alterando_a_tabela_de_vencimentos_dos_profissionais_do_magisterio_-_leidiana_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/79/indicacao_n_03-2022-dispoe_sobre_alteracao_na_lei_municipal_609-2020_-_revisao_geral_anual_dos_salarios_dos_servidores_efetivos_publicos_municipais_-_leidiana_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/89/indicativo_-_vereadora_sonia.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/90/indicacao_05-2022-vereador_assuncao_junior.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/117/indicacao_n_06-2022-maria_cabral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/97/plc_007-2022_modificca_o_regime_proprio_de_previdencia_social_do_municipio_de_angical_do_piuai_de_acordo_com_a_aemnda_constitucional_n103_de_2019.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/99/plc_008-2022-cria_gratificacao_para_motorista_escolar.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/81/projeto_de_lei_legislativa__n_01-2022_-_criacao_dos_cargos_efetivos_do_legislativo.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/83/anexo_retificado_-pl_001-2022-reajuste_dos_vencimentos_dos_profissionais_do_magisterio_da_rede_de_ensino_municipal_alterando_a_lei_522-2011.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/85/pl_002-2022_-_sobre_os_reajustes_pagos_pelo_fundo_previdenciario_de_angical.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/86/pl_003-2022_-_sobre_os_reajustes_pagos_ao_fundo_previdenciario_de_angical.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/87/pll_02-2022_-_revisao_geral_anual_do_servidores_da_camara.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/88/pll_03-2022_-_revisao_geral_anual_dos_vereadores.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/91/pl_004-2022-_dispoe_sobre_diretrizes_para_elaboracao_e_execucao_da_lei_orcamentaria_para_o_exercicio_de_2023_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/94/pl_005-2022-_altera_a_lei_577_de_22_de_maio_de_2017_que_dispoe_sobre_a_secretaria_municipal_de_meio_ambiente_de_angical_do_piaui_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/96/pl_006-2022_estabelece_regras_para_o_regime_proprio_de_previdencia_social_do_municipio_de_angical-pi_de_acordo_com_a_emenda_constitucinal_n_103_de_2019.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/98/pll_04-2022_da_nome_a_avenida_inominada_no_povoado_recreio.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/101/pl_009-2022-dispoe_sobre_a_alteracao_do_piso_salarial_dos_agentes_comunitarios_de_saude_-_acs_e_dos_agentes_de_combate_as_emdemias_-_ace.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/102/pl_010-2022-_altera_a_redacao_do_inciso_iv_do_art._58_da_lei_municipal_n_496-2006_que_dispoe_sobre_o_regime_proprio_de_previdencia_dos_servidores__publicos_municipais_de_angical_do_piaui.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/105/pl_011-2022-_dispoe_sobre_a_criacao_do_processo_de_selecao_meritocratica_da_gestao_escolar_do_municipio_de_angical_do_piaui-pi_na_forma_que_especifica..pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/106/pl_012-2022-dispoe_sobre_a_revisao_geral_anual_nos_salarios_dos_servidores_efetivos_publicos_municipais_no_percentual_de_1007..pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/107/pl_013-2022-dispoe_sobre_a_regularizacao_fundiaria_urbana_reurb_no_municipio_de_angical_do_piaui_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/109/pl_14-2022-estima_a_receita_e_fixa_a_despesa_do_municipio_de_angical_do_piaui_para_o_exercicio_financeiro_de_2023..pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/110/pll_05-2022-institui_feriado_municipal_o_dia_07_de_outubro_dia_de_nossa_senhora_do_rosario-_padroeira__do_municipio_de_angical_do_piaui.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/112/pl_015-2022-dispoe_sobre_a_revisao_atualizacao_do_plano_plurianual_de_governo_do_municipio_de_angical_do_piaui_para_o_periodo_2022-2025_.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/113/pl_016-2022-criacao_de_cargos_efetivos_p_o_municipio-sec_mun_de_educacao.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/116/pll_n_06-2022__-_denominacao_de_rua_-_vereadora_maria_cabral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/118/pl_017-22-dispoe_sobre_autorizacao_de_concessao_e_pagamento_de_abono_salarial_para_os_profissionais_da_educacao_basica.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/119/pl_018_-_dispoe_sobre_a_criacao_da_ouvidoria_do_municipio_de_angical_do_piaui.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/80/projeto_de_resolucao_de_mesa_n_01-2022-_suspende_a_presenca_de_publico_nas_sessoes_por_45_dias.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/92/prm_002-2022-_dispoe_sobre_as_diretrizes_para_elaboracao_da_lei_orcamentaria_2023_da_camara_municipal_de_angical..pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/95/prm_003-05-2022-cria_a_comissao_temporaria_de_acompanhamento_do_concurso.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/103/pr_004-2022-normatizacao_do_processo_de_julgamento_das_contas_do_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/82/requerimento_001-2022_-_maria_de_jesus_-_convoca_o_secretario_de_desenvolvimento_rural.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/104/requerimento_001-2022-solicita_retirada_do_pr_004-22_da_ordem_do_dia_da_pauta_da_sessao_extraordinaria_do_dia_17-08-22.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/100/pdl_001-2022-atribui_titulo_honorifico_de_cidadao_angicalense_ao_dr._vinicius_pontes_do_nascimento_medico..pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/108/pd_n002-2022-dispoe_sobre_o_julgamento_de_prestacao_de_contas_de_governo_do_municipio_de_angical_do_piaui_referente_ao_exercicio_financeiro_de_2019..pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/111/pdl_003-2022-atribui_titulo_honorifico_de_cidada_angicalense.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/114/pdl_004-2022-atribui_titulo_honorifico_de_cidadao_angicalense_-_gilvanilde.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/115/pdl_005-2022-atribui_titulo_honorifico_de_cidadao_angicalense_-_irismar.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/84/projeto_substitutivo_ao_pll_001-2022.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/93/emenda_modificativa_001-2022_ao_pl_004-22-ldo_executivo.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2022/120/emenda_modificativa_no001-2022_ao_pl_17-2022_-_apresentada_em_debate_plenario.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H45"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="36.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>