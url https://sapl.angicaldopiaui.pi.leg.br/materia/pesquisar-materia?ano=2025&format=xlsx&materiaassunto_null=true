--- v0 (2025-10-28)
+++ v1 (2025-12-17)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="312" uniqueCount="159">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="398" uniqueCount="197">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -156,50 +156,80 @@
   <si>
     <t>275</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/275/projeto_de_decreto_011-2025.pdf</t>
   </si>
   <si>
     <t>ATRIBUI TÍTULO HONORÍFICO DE CIDADÃO ANGICALENSE AO DOUTOR NAPOLEÃO SOARES DO NASCIMENTO JÚNIOR.</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/276/pdl_012-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AUTORIZAÇÃO AO PREFEITO MUNICIPAL DE AFASTAR-SE DO CARGO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
+    <t>279</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>284</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/284/pdl_014-2025.pdf</t>
+  </si>
+  <si>
+    <t>ATRIBUI TÍTULO HONORÍFICO DE CIDADÃO ANGICALENSE AO EXCELENTÍSSIMO SENHOR DOUGLAS ENISON CARDOSO DA SILVA</t>
+  </si>
+  <si>
+    <t>285</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/285/pdl_015-2025.pdf</t>
+  </si>
+  <si>
+    <t>“ATRIBUI TÍTULO HONORÍFICO DE CIDADÃO ANGICALENSE AO EXCELENTÍSSIMO SENHOR PAULO ROBERTO ESTRELA GOMES”.</t>
+  </si>
+  <si>
     <t>240</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Bruno Ferreira Sobrinho Neto</t>
   </si>
   <si>
     <t>https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2026/240/pl_001_-_2025_-_alteracao_do_piso_salarial_dos_acs_e_ace.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DO PISO SALARIAL DOS AGENTES COMUNITÁRIOS DE SAÚDE – ACS E DOS AGENTES DE COMBATE ÀS ENDEMIAS – ACE, DO MINICÍPIO DE ANGICAL DO PIAUÍ/PI, CONFORME ESTABELECIDO NA LEI 12.994, DE 17 DE JUNHO DE 2014, ALTERADA PELA LEI 13.708/2018, E DE ACORDO COM A PORTARIA GM/MS Nº 6.530, DE 09 DE JANEIRO DE 2025, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
     <t>https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/241/pl_002_-2025_-_remuneracao_do_diretor_geral_da_unidade_mista_jurandir_mendes.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REMUNERAÇÃO DO (A) DIRETOR (A) GERAL DA UNIDADE MISTA DE SAÚDE JURANDIR MENDES, DO MUNICÍPIO DE ANGICAL DO PIAUÍ – PI, E DÁ OUTRAS PROVIDÊNCIAS</t>
@@ -228,77 +258,68 @@
   <si>
     <t>“DISPÕE SOBRE O AUMENTO DO AUXÍLIO, NO ÂMBITO DO PROGRAMA “ANGICAL EDUCADO”, ÀS PESSOAS QUE FREQUENTAM O SISTEMA DE EDUCAÇÃO DE JOVENS E ADULTOS NO MUNICÍPIO DE ANGICAL DO PIAUÍ/PI</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
     <t>https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/248/pl_007-2025_-_altera_a_remuneracao_e_o_numero_de_vagas_dos_cargos_de_provimento_em_comissao..pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A ALTERAÇÃO DA REMUNERAÇÃO E DO NÚMERO DE VAGAS DOS CARGOS DE PROVIMENTO EM COMISSÃO, CRIADOS NA ESTRUTURA DA SECRETARIA MUNICIPAL DE EDUCAÇÃO DE ANGICAL DO PIAUÍ – PI, ALTERANDO SE A LEI MUNICIPAL Nº 708 DE 21 DE SETEMBRO DE 2023”.</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/249/pll_002-2025_-_concede_revisao_geral_anual_do_vencimento_dos_servidores_do_poder_legislativo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de revisão geral anual do vencimento dos servidores públicos do Poder Legislativo e dá outras providências.</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>8</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/250/pll_002-2025_1.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AUTORIZAÇÃO PARA DESCARTE OU DOAÇÃO DE BENS MÓVEIS INSERVÍVEIS, SUCATEADOS OU IRRECUPERÁVEIS.</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>9</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/251/pl_008-2025__autoriza_abertura_de_credito_adicional_especial_ao_orcamento_anual_no_valo_de_116.50000.pdf</t>
   </si>
   <si>
     <t>Promove adequação orçamentária no âmbito do município de Angical do Piauí e autoriza a abertura de crédito adicional especial ao orçamento anual de 2025 no valor de 116.500,00 (cento e dezesseis mil e quinhentos reais).</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>10</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/252/pl_009-2025_inclui_acoes_no_plano_plurianual_para_o_quadrienio_2022_a_2025.pdf</t>
   </si>
   <si>
     <t>Inclui ações no Plano Plurianual do Município de Angical do Piauí, para o quadriênio de 2022 a 2025</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/254/pll_003-2025.pdf</t>
   </si>
   <si>
     <t>“Cria o cargo de provimento em comissão de Assessor Legislativo no âmbito da Câmara Municipal de Angical do Piauí e dá outras providências.”</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/257/pl_011-2025.pdf</t>
@@ -343,50 +364,143 @@
     <t>Dispõe sobre o pagamento das remunerações dos cargos de Gerente e Assistente Administrativo e Financeiro de Previdência e adota outras providências”.</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/277/pll_004-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DE LOGRADOURO PÚBLICO NO MUNICÍPIO DE ANGICAL DO PIAUÍ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/278/pl_015_-_2025.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A PROMOVER A ALIENAÇÃO DE BENS MÓVEIS INSERVÍVEIS PARA A ADMINISTRAÇÃO, MEDIANTE LEILÃO PÚBLICO E DÁ OUTRAS PROVIDÊNCIAS</t>
+  </si>
+  <si>
+    <t>280</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre a Alteração da denominação da Praça Helvídio Nunes para Praça Bandu Soares e dá outras providências".</t>
+  </si>
+  <si>
+    <t>281</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/281/pl_018-2025.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre a Alteração da denominação da Praça Frank Aguiar para Praça Valmir Cruz e dá outras providências.”.</t>
+  </si>
+  <si>
+    <t>282</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/282/pl_021_-_2025.pdf</t>
+  </si>
+  <si>
+    <t>“AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO ANUAL DE 2025 NO VALOR DE 356.800,00 (TREZENTOS E CINQUENTA E SEIS MIL E OITOCENTOS REAIS)".</t>
+  </si>
+  <si>
+    <t>283</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/283/pl_022-2025.pdf</t>
+  </si>
+  <si>
+    <t>“INCLUI AÇÕES NO PLANO PLURIANUAL DO MUNICÍPIO DE ANGICAL DO PIAUÍ, PARA O QUADRIÊNIO DE 2022 A 2025".</t>
+  </si>
+  <si>
+    <t>286</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/286/pl_019-2025.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A POLÍICA DE BEM ESTAR ANIMAL NO MUNICÍPIO DE ANGICAL DO PIAUÍ E DÁ OUTRAS PROVIDÊNCIAS</t>
+  </si>
+  <si>
+    <t>287</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/287/pl_014-2025.pdf</t>
+  </si>
+  <si>
+    <t>“Estima a receita e fixa a despesa do Município de Angical do Piauí para o exercício financeiro de 2026”.</t>
+  </si>
+  <si>
+    <t>288</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/288/pl_016_-_ppa.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre o Plano Plurianual do Município de Angical do Piauí, para o período 2026-2029”.</t>
+  </si>
+  <si>
+    <t>289</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/289/pl_020_-_2025.pdf</t>
+  </si>
+  <si>
+    <t>INSTITUI A TAXA DE MANEJO DE RESÍDUOS SÓLIDOS - TMRS DO MUNICÍPIO DE ANGICAL DO PIAUÍ E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/256/projeto_de_resolucao_001-2025.pdf</t>
   </si>
   <si>
     <t>INSTITUI A MOÇÃO DE APLAUSOS E/OU MEDALHA DE MÉRITO OSMAR SOARES BARBOZA NO ÂMBITO DA CÂMARA MUNICIPAL DE ANGICAL DO PIAUÍ</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
@@ -834,56 +948,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/259/pdl_006-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/260/pdl_005-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/264/pdl_007-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/265/pdl_008-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/274/projeto_de_decreto_010-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/275/projeto_de_decreto_011-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/276/pdl_012-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2026/240/pl_001_-_2025_-_alteracao_do_piso_salarial_dos_acs_e_ace.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/241/pl_002_-2025_-_remuneracao_do_diretor_geral_da_unidade_mista_jurandir_mendes.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/242/pl_003_-_2025_-_reajuste_dos_vencimentos_dos_profissionais_do_magisterio.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/243/pl_004_-_2025_-_revisao_geral_dos_salario_dos_servidores_efetivos.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/248/pl_007-2025_-_altera_a_remuneracao_e_o_numero_de_vagas_dos_cargos_de_provimento_em_comissao..pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/249/pll_002-2025_-_concede_revisao_geral_anual_do_vencimento_dos_servidores_do_poder_legislativo.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/250/pll_002-2025_1.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/251/pl_008-2025__autoriza_abertura_de_credito_adicional_especial_ao_orcamento_anual_no_valo_de_116.50000.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/252/pl_009-2025_inclui_acoes_no_plano_plurianual_para_o_quadrienio_2022_a_2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/254/pll_003-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/257/pl_011-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/261/pl_010_-_2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/263/pl_012-2025__obrigatoriedade_da_capacitacao_em_nocoes_basicas_de_primeiros_socorros_ao_profissionais_de_estabelecimentos_de_ensino_em_angica.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/267/pl_013-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/277/pll_004-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/278/pl_015_-_2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/256/projeto_de_resolucao_001-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/262/requerimento_001-2025_genesdean.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/266/requerimento_-_leidiana.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/268/requerimento_-_evandro.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/269/requerimento_-_leidiana.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/270/requerimento_-_assuncao_jr.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/271/requerimento_003_-_leidiana.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/273/requerimento_002-2025_-_evandro.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/247/pdl_002-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/253/pdl_004-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/255/pdl_004-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/245/emenda_001_-_2025.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/259/pdl_006-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/260/pdl_005-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/264/pdl_007-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/265/pdl_008-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/274/projeto_de_decreto_010-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/275/projeto_de_decreto_011-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/276/pdl_012-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/284/pdl_014-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/285/pdl_015-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2026/240/pl_001_-_2025_-_alteracao_do_piso_salarial_dos_acs_e_ace.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/241/pl_002_-2025_-_remuneracao_do_diretor_geral_da_unidade_mista_jurandir_mendes.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/242/pl_003_-_2025_-_reajuste_dos_vencimentos_dos_profissionais_do_magisterio.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/243/pl_004_-_2025_-_revisao_geral_dos_salario_dos_servidores_efetivos.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/248/pl_007-2025_-_altera_a_remuneracao_e_o_numero_de_vagas_dos_cargos_de_provimento_em_comissao..pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/249/pll_002-2025_-_concede_revisao_geral_anual_do_vencimento_dos_servidores_do_poder_legislativo.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/250/pll_002-2025_1.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/251/pl_008-2025__autoriza_abertura_de_credito_adicional_especial_ao_orcamento_anual_no_valo_de_116.50000.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/252/pl_009-2025_inclui_acoes_no_plano_plurianual_para_o_quadrienio_2022_a_2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/254/pll_003-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/257/pl_011-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/261/pl_010_-_2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/263/pl_012-2025__obrigatoriedade_da_capacitacao_em_nocoes_basicas_de_primeiros_socorros_ao_profissionais_de_estabelecimentos_de_ensino_em_angica.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/267/pl_013-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/277/pll_004-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/278/pl_015_-_2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/281/pl_018-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/282/pl_021_-_2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/283/pl_022-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/286/pl_019-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/287/pl_014-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/288/pl_016_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/289/pl_020_-_2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/256/projeto_de_resolucao_001-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/262/requerimento_001-2025_genesdean.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/266/requerimento_-_leidiana.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/268/requerimento_-_evandro.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/269/requerimento_-_leidiana.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/270/requerimento_-_assuncao_jr.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/271/requerimento_003_-_leidiana.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/273/requerimento_002-2025_-_evandro.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/247/pdl_002-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/253/pdl_004-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/255/pdl_004-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angicaldopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/245/emenda_001_-_2025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H40"/>
+  <dimension ref="A1:H51"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="36.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="216.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -1091,871 +1205,1162 @@
       </c>
       <c r="D9" t="s">
         <v>17</v>
       </c>
       <c r="E9" t="s">
         <v>18</v>
       </c>
       <c r="F9" t="s">
         <v>19</v>
       </c>
       <c r="G9" s="1" t="s">
         <v>46</v>
       </c>
       <c r="H9" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>48</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
-        <v>10</v>
+        <v>49</v>
       </c>
       <c r="D10" t="s">
-        <v>49</v>
+        <v>17</v>
       </c>
       <c r="E10" t="s">
-        <v>50</v>
+        <v>18</v>
       </c>
       <c r="F10" t="s">
-        <v>51</v>
+        <v>19</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>52</v>
+        <v>14</v>
       </c>
       <c r="H10" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
-        <v>23</v>
+        <v>51</v>
       </c>
       <c r="D11" t="s">
-        <v>49</v>
+        <v>17</v>
       </c>
       <c r="E11" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>51</v>
+        <v>18</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="H11" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
+        <v>54</v>
+      </c>
+      <c r="B12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" t="s">
+        <v>55</v>
+      </c>
+      <c r="D12" t="s">
+        <v>17</v>
+      </c>
+      <c r="E12" t="s">
+        <v>18</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="H12" t="s">
         <v>57</v>
-      </c>
-[...19 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="E13" t="s">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="F13" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="H13" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="D14" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="E14" t="s">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="F14" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>14</v>
+        <v>65</v>
       </c>
       <c r="H14" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
-        <v>41</v>
+        <v>28</v>
       </c>
       <c r="D15" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="E15" t="s">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="F15" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="H15" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="D16" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="E16" t="s">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="F16" t="s">
-        <v>19</v>
+        <v>61</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="H16" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
-        <v>72</v>
+        <v>37</v>
       </c>
       <c r="D17" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="E17" t="s">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="F17" t="s">
-        <v>19</v>
+        <v>61</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>73</v>
+        <v>14</v>
       </c>
       <c r="H17" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>75</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
+        <v>41</v>
+      </c>
+      <c r="D18" t="s">
+        <v>59</v>
+      </c>
+      <c r="E18" t="s">
+        <v>60</v>
+      </c>
+      <c r="F18" t="s">
+        <v>61</v>
+      </c>
+      <c r="G18" s="1" t="s">
         <v>76</v>
       </c>
-      <c r="D18" t="s">
-[...8 lines deleted...]
-      <c r="G18" s="1" t="s">
+      <c r="H18" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
+        <v>78</v>
+      </c>
+      <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" t="s">
+        <v>45</v>
+      </c>
+      <c r="D19" t="s">
+        <v>59</v>
+      </c>
+      <c r="E19" t="s">
+        <v>60</v>
+      </c>
+      <c r="F19" t="s">
+        <v>19</v>
+      </c>
+      <c r="G19" s="1" t="s">
         <v>79</v>
       </c>
-      <c r="B19" t="s">
-[...2 lines deleted...]
-      <c r="C19" t="s">
+      <c r="H19" t="s">
         <v>80</v>
-      </c>
-[...10 lines deleted...]
-        <v>82</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
-        <v>84</v>
+        <v>49</v>
       </c>
       <c r="D20" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="E20" t="s">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="F20" t="s">
         <v>19</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="H20" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>87</v>
+        <v>84</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
-        <v>88</v>
+        <v>51</v>
       </c>
       <c r="D21" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="E21" t="s">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="F21" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="H21" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
-        <v>92</v>
+        <v>55</v>
       </c>
       <c r="D22" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="E22" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>93</v>
+        <v>88</v>
       </c>
       <c r="H22" t="s">
-        <v>94</v>
+        <v>89</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>95</v>
+        <v>90</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
-        <v>96</v>
+        <v>91</v>
       </c>
       <c r="D23" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="E23" t="s">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="F23" t="s">
-        <v>51</v>
+        <v>19</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>97</v>
+        <v>92</v>
       </c>
       <c r="H23" t="s">
-        <v>98</v>
+        <v>93</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>99</v>
+        <v>94</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
       <c r="D24" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="E24" t="s">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="F24" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>101</v>
+        <v>96</v>
       </c>
       <c r="H24" t="s">
-        <v>102</v>
+        <v>97</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>103</v>
+        <v>98</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
-        <v>104</v>
+        <v>99</v>
       </c>
       <c r="D25" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="E25" t="s">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="F25" t="s">
-        <v>13</v>
+        <v>61</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="H25" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>107</v>
+        <v>102</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
-        <v>108</v>
+        <v>103</v>
       </c>
       <c r="D26" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="E26" t="s">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="F26" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
       <c r="H26" t="s">
-        <v>110</v>
+        <v>105</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
-        <v>10</v>
+        <v>107</v>
       </c>
       <c r="D27" t="s">
-        <v>112</v>
+        <v>59</v>
       </c>
       <c r="E27" t="s">
-        <v>113</v>
+        <v>60</v>
       </c>
       <c r="F27" t="s">
-        <v>13</v>
+        <v>61</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>114</v>
+        <v>108</v>
       </c>
       <c r="H27" t="s">
-        <v>115</v>
+        <v>109</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>116</v>
+        <v>110</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
-        <v>10</v>
+        <v>111</v>
       </c>
       <c r="D28" t="s">
-        <v>117</v>
+        <v>59</v>
       </c>
       <c r="E28" t="s">
-        <v>118</v>
+        <v>60</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>119</v>
+        <v>112</v>
       </c>
       <c r="H28" t="s">
-        <v>120</v>
+        <v>113</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>121</v>
+        <v>114</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
-        <v>23</v>
+        <v>115</v>
       </c>
       <c r="D29" t="s">
+        <v>59</v>
+      </c>
+      <c r="E29" t="s">
+        <v>60</v>
+      </c>
+      <c r="F29" t="s">
+        <v>61</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="H29" t="s">
         <v>117</v>
-      </c>
-[...10 lines deleted...]
-        <v>123</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>124</v>
+        <v>118</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
-        <v>28</v>
+        <v>119</v>
       </c>
       <c r="D30" t="s">
-        <v>117</v>
+        <v>59</v>
       </c>
       <c r="E30" t="s">
-        <v>118</v>
+        <v>60</v>
+      </c>
+      <c r="F30" t="s">
+        <v>61</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>125</v>
+        <v>14</v>
       </c>
       <c r="H30" t="s">
-        <v>126</v>
+        <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>127</v>
+        <v>121</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
-        <v>33</v>
+        <v>122</v>
       </c>
       <c r="D31" t="s">
-        <v>117</v>
+        <v>59</v>
       </c>
       <c r="E31" t="s">
-        <v>118</v>
+        <v>60</v>
       </c>
       <c r="F31" t="s">
-        <v>13</v>
+        <v>61</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>128</v>
+        <v>123</v>
       </c>
       <c r="H31" t="s">
-        <v>129</v>
+        <v>124</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>130</v>
+        <v>125</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
-        <v>37</v>
+        <v>126</v>
       </c>
       <c r="D32" t="s">
-        <v>117</v>
+        <v>59</v>
       </c>
       <c r="E32" t="s">
-        <v>118</v>
+        <v>60</v>
       </c>
       <c r="F32" t="s">
-        <v>131</v>
+        <v>61</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>132</v>
+        <v>127</v>
       </c>
       <c r="H32" t="s">
-        <v>133</v>
+        <v>128</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>134</v>
+        <v>129</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
-        <v>41</v>
+        <v>130</v>
       </c>
       <c r="D33" t="s">
-        <v>117</v>
+        <v>59</v>
       </c>
       <c r="E33" t="s">
-        <v>118</v>
+        <v>60</v>
       </c>
       <c r="F33" t="s">
-        <v>13</v>
+        <v>61</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>135</v>
+        <v>131</v>
       </c>
       <c r="H33" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
-        <v>45</v>
+        <v>134</v>
       </c>
       <c r="D34" t="s">
-        <v>117</v>
+        <v>59</v>
       </c>
       <c r="E34" t="s">
-        <v>118</v>
+        <v>60</v>
+      </c>
+      <c r="F34" t="s">
+        <v>61</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>14</v>
+        <v>135</v>
       </c>
       <c r="H34" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
+        <v>137</v>
+      </c>
+      <c r="B35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" t="s">
+        <v>138</v>
+      </c>
+      <c r="D35" t="s">
+        <v>59</v>
+      </c>
+      <c r="E35" t="s">
+        <v>60</v>
+      </c>
+      <c r="F35" t="s">
+        <v>61</v>
+      </c>
+      <c r="G35" s="1" t="s">
         <v>139</v>
       </c>
-      <c r="B35" t="s">
-[...11 lines deleted...]
-      <c r="G35" s="1" t="s">
+      <c r="H35" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>141</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
+        <v>141</v>
+      </c>
+      <c r="B36" t="s">
+        <v>9</v>
+      </c>
+      <c r="C36" t="s">
         <v>142</v>
       </c>
-      <c r="B36" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D36" t="s">
-        <v>17</v>
+        <v>59</v>
       </c>
       <c r="E36" t="s">
+        <v>60</v>
+      </c>
+      <c r="F36" t="s">
+        <v>61</v>
+      </c>
+      <c r="G36" s="1" t="s">
         <v>143</v>
-      </c>
-[...4 lines deleted...]
-        <v>14</v>
       </c>
       <c r="H36" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>145</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
-        <v>23</v>
+        <v>146</v>
       </c>
       <c r="D37" t="s">
-        <v>17</v>
+        <v>59</v>
       </c>
       <c r="E37" t="s">
-        <v>143</v>
+        <v>60</v>
       </c>
       <c r="F37" t="s">
-        <v>19</v>
+        <v>61</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="H37" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>17</v>
+        <v>150</v>
       </c>
       <c r="E38" t="s">
-        <v>143</v>
+        <v>151</v>
       </c>
       <c r="F38" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="H38" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>17</v>
+        <v>155</v>
       </c>
       <c r="E39" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-        <v>19</v>
+        <v>156</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="H39" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>154</v>
+        <v>159</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
-        <v>10</v>
+        <v>23</v>
       </c>
       <c r="D40" t="s">
         <v>155</v>
       </c>
       <c r="E40" t="s">
         <v>156</v>
       </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
       <c r="G40" s="1" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="H40" t="s">
-        <v>158</v>
+        <v>161</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8">
+      <c r="A41" t="s">
+        <v>162</v>
+      </c>
+      <c r="B41" t="s">
+        <v>9</v>
+      </c>
+      <c r="C41" t="s">
+        <v>28</v>
+      </c>
+      <c r="D41" t="s">
+        <v>155</v>
+      </c>
+      <c r="E41" t="s">
+        <v>156</v>
+      </c>
+      <c r="G41" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="H41" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8">
+      <c r="A42" t="s">
+        <v>165</v>
+      </c>
+      <c r="B42" t="s">
+        <v>9</v>
+      </c>
+      <c r="C42" t="s">
+        <v>33</v>
+      </c>
+      <c r="D42" t="s">
+        <v>155</v>
+      </c>
+      <c r="E42" t="s">
+        <v>156</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="H42" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8">
+      <c r="A43" t="s">
+        <v>168</v>
+      </c>
+      <c r="B43" t="s">
+        <v>9</v>
+      </c>
+      <c r="C43" t="s">
+        <v>37</v>
+      </c>
+      <c r="D43" t="s">
+        <v>155</v>
+      </c>
+      <c r="E43" t="s">
+        <v>156</v>
+      </c>
+      <c r="F43" t="s">
+        <v>169</v>
+      </c>
+      <c r="G43" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="H43" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8">
+      <c r="A44" t="s">
+        <v>172</v>
+      </c>
+      <c r="B44" t="s">
+        <v>9</v>
+      </c>
+      <c r="C44" t="s">
+        <v>41</v>
+      </c>
+      <c r="D44" t="s">
+        <v>155</v>
+      </c>
+      <c r="E44" t="s">
+        <v>156</v>
+      </c>
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="H44" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8">
+      <c r="A45" t="s">
+        <v>175</v>
+      </c>
+      <c r="B45" t="s">
+        <v>9</v>
+      </c>
+      <c r="C45" t="s">
+        <v>45</v>
+      </c>
+      <c r="D45" t="s">
+        <v>155</v>
+      </c>
+      <c r="E45" t="s">
+        <v>156</v>
+      </c>
+      <c r="G45" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H45" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8">
+      <c r="A46" t="s">
+        <v>177</v>
+      </c>
+      <c r="B46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" t="s">
+        <v>49</v>
+      </c>
+      <c r="D46" t="s">
+        <v>155</v>
+      </c>
+      <c r="E46" t="s">
+        <v>156</v>
+      </c>
+      <c r="G46" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="H46" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8">
+      <c r="A47" t="s">
+        <v>180</v>
+      </c>
+      <c r="B47" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" t="s">
+        <v>10</v>
+      </c>
+      <c r="D47" t="s">
+        <v>17</v>
+      </c>
+      <c r="E47" t="s">
+        <v>181</v>
+      </c>
+      <c r="F47" t="s">
+        <v>19</v>
+      </c>
+      <c r="G47" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H47" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8">
+      <c r="A48" t="s">
+        <v>183</v>
+      </c>
+      <c r="B48" t="s">
+        <v>9</v>
+      </c>
+      <c r="C48" t="s">
+        <v>23</v>
+      </c>
+      <c r="D48" t="s">
+        <v>17</v>
+      </c>
+      <c r="E48" t="s">
+        <v>181</v>
+      </c>
+      <c r="F48" t="s">
+        <v>19</v>
+      </c>
+      <c r="G48" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="H48" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="49" spans="1:8">
+      <c r="A49" t="s">
+        <v>186</v>
+      </c>
+      <c r="B49" t="s">
+        <v>9</v>
+      </c>
+      <c r="C49" t="s">
+        <v>28</v>
+      </c>
+      <c r="D49" t="s">
+        <v>17</v>
+      </c>
+      <c r="E49" t="s">
+        <v>181</v>
+      </c>
+      <c r="F49" t="s">
+        <v>19</v>
+      </c>
+      <c r="G49" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="H49" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="50" spans="1:8">
+      <c r="A50" t="s">
+        <v>189</v>
+      </c>
+      <c r="B50" t="s">
+        <v>9</v>
+      </c>
+      <c r="C50" t="s">
+        <v>33</v>
+      </c>
+      <c r="D50" t="s">
+        <v>17</v>
+      </c>
+      <c r="E50" t="s">
+        <v>181</v>
+      </c>
+      <c r="F50" t="s">
+        <v>19</v>
+      </c>
+      <c r="G50" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="H50" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="51" spans="1:8">
+      <c r="A51" t="s">
+        <v>192</v>
+      </c>
+      <c r="B51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C51" t="s">
+        <v>10</v>
+      </c>
+      <c r="D51" t="s">
+        <v>193</v>
+      </c>
+      <c r="E51" t="s">
+        <v>194</v>
+      </c>
+      <c r="G51" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="H51" t="s">
+        <v>196</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
     <hyperlink ref="G23" r:id="rId22"/>
     <hyperlink ref="G24" r:id="rId23"/>
     <hyperlink ref="G25" r:id="rId24"/>
     <hyperlink ref="G26" r:id="rId25"/>
     <hyperlink ref="G27" r:id="rId26"/>
     <hyperlink ref="G28" r:id="rId27"/>
     <hyperlink ref="G29" r:id="rId28"/>
     <hyperlink ref="G30" r:id="rId29"/>
     <hyperlink ref="G31" r:id="rId30"/>
     <hyperlink ref="G32" r:id="rId31"/>
     <hyperlink ref="G33" r:id="rId32"/>
     <hyperlink ref="G34" r:id="rId33"/>
     <hyperlink ref="G35" r:id="rId34"/>
     <hyperlink ref="G36" r:id="rId35"/>
     <hyperlink ref="G37" r:id="rId36"/>
     <hyperlink ref="G38" r:id="rId37"/>
     <hyperlink ref="G39" r:id="rId38"/>
     <hyperlink ref="G40" r:id="rId39"/>
+    <hyperlink ref="G41" r:id="rId40"/>
+    <hyperlink ref="G42" r:id="rId41"/>
+    <hyperlink ref="G43" r:id="rId42"/>
+    <hyperlink ref="G44" r:id="rId43"/>
+    <hyperlink ref="G45" r:id="rId44"/>
+    <hyperlink ref="G46" r:id="rId45"/>
+    <hyperlink ref="G47" r:id="rId46"/>
+    <hyperlink ref="G48" r:id="rId47"/>
+    <hyperlink ref="G49" r:id="rId48"/>
+    <hyperlink ref="G50" r:id="rId49"/>
+    <hyperlink ref="G51" r:id="rId50"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>